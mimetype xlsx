--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -891,60 +891,60 @@
       <c r="G13" s="13">
         <v>1.09</v>
       </c>
       <c r="H13" s="13">
         <v>1.14</v>
       </c>
       <c r="I13" s="13">
         <v>1.13</v>
       </c>
       <c r="J13" s="13">
         <v>1.13</v>
       </c>
       <c r="K13" s="13">
         <v>1.11</v>
       </c>
       <c r="L13" s="13">
         <v>1.17</v>
       </c>
       <c r="M13" s="13">
         <v>1.16</v>
       </c>
       <c r="N13" s="13">
         <v>1.16</v>
       </c>
       <c r="O13" s="13">
-        <v>1.12</v>
+        <v>0.0</v>
       </c>
       <c r="P13" s="13">
-        <v>1.2</v>
+        <v>0.0</v>
       </c>
       <c r="Q13" s="13">
-        <v>1.23</v>
+        <v>0.0</v>
       </c>
       <c r="R13" s="13">
-        <v>1.3</v>
+        <v>0.0</v>
       </c>
       <c r="S13" s="13">
         <v>0.0</v>
       </c>
       <c r="T13" s="13">
         <v>0.0</v>
       </c>
       <c r="U13" s="13">
         <v>0.0</v>
       </c>
       <c r="V13" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:22">
       <c r="A14" s="12" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="13">
         <v>1.92</v>
       </c>
       <c r="C14" s="13">
         <v>1.99</v>
       </c>
       <c r="D14" s="13">